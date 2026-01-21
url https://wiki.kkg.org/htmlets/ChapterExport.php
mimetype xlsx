--- v0 (2025-12-05)
+++ v1 (2026-01-21)
@@ -6298,51 +6298,51 @@
         <v>692</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
         <v>693</v>
       </c>
       <c r="D165" t="s">
         <v>694</v>
       </c>
       <c r="E165"/>
       <c r="F165"/>
       <c r="G165" t="s">
         <v>695</v>
       </c>
       <c r="H165" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>696</v>
       </c>
       <c r="B166" t="s">
-        <v>9</v>
+        <v>99</v>
       </c>
       <c r="C166" t="s">
         <v>697</v>
       </c>
       <c r="D166" t="s">
         <v>698</v>
       </c>
       <c r="E166"/>
       <c r="F166"/>
       <c r="G166" t="s">
         <v>699</v>
       </c>
       <c r="H166" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>700</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
         <v>701</v>